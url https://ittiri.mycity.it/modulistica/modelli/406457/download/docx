--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3287084894"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3287084894"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3442532505"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3442532505"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3442532505"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3287084894"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3287084894"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3442532505"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3442532505"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3442532505"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3287084894"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3287084894"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3442532505"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3442532505"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3442532505"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3287084894"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3287084894"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3442532505"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3442532505"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3442532505"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3287084894"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3287084894"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3442532505"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3442532505"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3442532505"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3287084894"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3287084894"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3442532505"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3442532505"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3442532505"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3287084894"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3287084894"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3442532505"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3442532505"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3442532505"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3287084894"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3287084894"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3442532505"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3442532505"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3442532505"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3287084894"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3287084894"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3442532505"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3442532505"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3442532505"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>