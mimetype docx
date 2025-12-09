--- v1 (2025-11-10)
+++ v2 (2025-12-09)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3442532505"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3442532505"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1071823315"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1071823315"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1071823315"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3442532505"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3442532505"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1071823315"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1071823315"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1071823315"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3442532505"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3442532505"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1071823315"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1071823315"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1071823315"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3442532505"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3442532505"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1071823315"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1071823315"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1071823315"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3442532505"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3442532505"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1071823315"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1071823315"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1071823315"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3442532505"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3442532505"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1071823315"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1071823315"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1071823315"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3442532505"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3442532505"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1071823315"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1071823315"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1071823315"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3442532505"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3442532505"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1071823315"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1071823315"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1071823315"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3442532505"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3442532505"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1071823315"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1071823315"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1071823315"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>