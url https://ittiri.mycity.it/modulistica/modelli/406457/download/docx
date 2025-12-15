--- v2 (2025-12-09)
+++ v3 (2025-12-15)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1071823315"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1071823315"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2439556500"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2439556500"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2439556500"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1071823315"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1071823315"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2439556500"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2439556500"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2439556500"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1071823315"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1071823315"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2439556500"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2439556500"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2439556500"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1071823315"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1071823315"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2439556500"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2439556500"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2439556500"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1071823315"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1071823315"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2439556500"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2439556500"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2439556500"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1071823315"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1071823315"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2439556500"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2439556500"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2439556500"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1071823315"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1071823315"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2439556500"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2439556500"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2439556500"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1071823315"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1071823315"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2439556500"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2439556500"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2439556500"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1071823315"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1071823315"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2439556500"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2439556500"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2439556500"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>