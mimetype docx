--- v3 (2025-12-15)
+++ v4 (2026-01-05)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2439556500"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2439556500"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_605005869"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_605005869"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_605005869"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2439556500"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2439556500"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_605005869"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_605005869"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_605005869"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2439556500"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2439556500"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_605005869"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_605005869"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_605005869"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2439556500"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2439556500"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_605005869"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_605005869"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_605005869"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2439556500"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2439556500"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_605005869"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_605005869"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_605005869"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2439556500"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2439556500"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_605005869"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_605005869"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_605005869"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2439556500"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2439556500"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_605005869"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_605005869"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_605005869"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2439556500"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2439556500"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_605005869"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_605005869"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_605005869"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2439556500"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2439556500"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_605005869"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_605005869"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_605005869"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>