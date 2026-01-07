--- v4 (2026-01-05)
+++ v5 (2026-01-07)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_605005869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_605005869"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_667022205"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_667022205"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_667022205"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_605005869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_605005869"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_667022205"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_667022205"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_667022205"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_605005869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_605005869"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_667022205"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_667022205"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_667022205"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_605005869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_605005869"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_667022205"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_667022205"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_667022205"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_605005869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_605005869"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_667022205"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_667022205"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_667022205"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_605005869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_605005869"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_667022205"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_667022205"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_667022205"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_605005869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_605005869"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_667022205"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_667022205"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_667022205"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_605005869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_605005869"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_667022205"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_667022205"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_667022205"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_605005869"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_605005869"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_667022205"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_667022205"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_667022205"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>