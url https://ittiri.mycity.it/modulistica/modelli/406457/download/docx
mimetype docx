--- v5 (2026-01-07)
+++ v6 (2026-02-08)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_667022205"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_667022205"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2889352475"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2889352475"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2889352475"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_667022205"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_667022205"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2889352475"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2889352475"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2889352475"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_667022205"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_667022205"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2889352475"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2889352475"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2889352475"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_667022205"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_667022205"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2889352475"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2889352475"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2889352475"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_667022205"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_667022205"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2889352475"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2889352475"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2889352475"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_667022205"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_667022205"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2889352475"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2889352475"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2889352475"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_667022205"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_667022205"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2889352475"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2889352475"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2889352475"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_667022205"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_667022205"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2889352475"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2889352475"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2889352475"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_667022205"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_667022205"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2889352475"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2889352475"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2889352475"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>