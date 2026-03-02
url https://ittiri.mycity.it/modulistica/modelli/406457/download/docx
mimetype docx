--- v6 (2026-02-08)
+++ v7 (2026-03-02)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2889352475"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2889352475"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3132964652"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3132964652"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3132964652"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2889352475"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2889352475"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3132964652"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3132964652"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3132964652"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2889352475"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2889352475"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3132964652"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3132964652"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3132964652"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2889352475"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2889352475"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3132964652"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3132964652"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3132964652"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2889352475"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2889352475"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3132964652"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3132964652"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3132964652"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2889352475"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2889352475"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3132964652"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3132964652"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3132964652"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2889352475"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2889352475"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3132964652"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3132964652"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3132964652"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2889352475"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2889352475"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3132964652"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3132964652"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3132964652"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2889352475"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2889352475"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3132964652"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3132964652"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3132964652"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>