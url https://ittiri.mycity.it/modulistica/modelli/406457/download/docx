--- v7 (2026-03-02)
+++ v8 (2026-03-22)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3132964652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3132964652"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2788552221"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2788552221"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2788552221"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3132964652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3132964652"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2788552221"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2788552221"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2788552221"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3132964652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3132964652"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2788552221"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2788552221"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2788552221"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3132964652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3132964652"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2788552221"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2788552221"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2788552221"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3132964652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3132964652"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2788552221"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2788552221"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2788552221"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3132964652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3132964652"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2788552221"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2788552221"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2788552221"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3132964652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3132964652"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2788552221"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2788552221"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2788552221"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3132964652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3132964652"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2788552221"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2788552221"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2788552221"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3132964652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3132964652"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2788552221"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2788552221"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2788552221"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>